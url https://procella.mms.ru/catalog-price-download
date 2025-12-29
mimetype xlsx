--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
-    <t>Прайс-лист на 14.11.2025</t>
+    <t>Прайс-лист на 29.12.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Аксессуары</t>
   </si>
   <si>
     <t>ceiling mount bracket</t>
   </si>
   <si>
     <t>PRAUCEMB</t>
   </si>
   <si>
     <t>ceiling-mount-bracket</t>
   </si>
@@ -2084,32 +2084,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>FriendlyCMS by Lazutin Igor Andreevich</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>procella.mms.ru catalog price 14.11.2025</dc:title>
+  <dc:title>procella.mms.ru catalog price 29.12.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>