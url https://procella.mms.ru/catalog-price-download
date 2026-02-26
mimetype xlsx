--- v1 (2025-12-29)
+++ v2 (2026-02-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
-    <t>Прайс-лист на 29.12.2025</t>
+    <t>Прайс-лист на 26.02.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Аксессуары</t>
   </si>
   <si>
     <t>ceiling mount bracket</t>
   </si>
   <si>
     <t>PRAUCEMB</t>
   </si>
   <si>
     <t>ceiling-mount-bracket</t>
   </si>
@@ -2084,32 +2084,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>FriendlyCMS by Lazutin Igor Andreevich</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>procella.mms.ru catalog price 29.12.2025</dc:title>
+  <dc:title>procella.mms.ru catalog price 26.02.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>